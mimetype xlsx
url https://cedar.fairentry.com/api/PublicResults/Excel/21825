--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5013417e582a4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64b590bd33b740f381f55aa78b4f9673.psmdcp" Id="Rdc58cbcd06684c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe004a259f3f4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7dc0d2289328462eac5d11570f6b4cb2.psmdcp" Id="R47748746276c454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Osceola County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2241" uniqueCount="2241">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -905,51 +905,51 @@
   <x:si>
     <x:t xml:space="preserve"> Dairy  /  Junior Calf  /  20102: Brown Swiss</x:t>
   </x:si>
   <x:si>
     <x:t>694</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Dairy  /  Junior Calf  /  20104: Holstein</x:t>
   </x:si>
   <x:si>
     <x:t>45</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Dairy  /  Junior Yearling  /  20505: Jersey</x:t>
   </x:si>
   <x:si>
     <x:t>699</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Dairy  /  Production  /  02: Brown Swiss</x:t>
   </x:si>
   <x:si>
     <x:t>705</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Dairy  /  Production  /  04: Hostein</x:t>
+    <x:t xml:space="preserve"> Dairy  /  Production  /  04: Holstein</x:t>
   </x:si>
   <x:si>
     <x:t>706</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Dairy  /  Senior Heifer Calf  /  20302: Brown Swiss</x:t>
   </x:si>
   <x:si>
     <x:t>672</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Dairy  /  Senior Heifer Calf  /  20304: Holstein</x:t>
   </x:si>
   <x:si>
     <x:t>37</x:t>
   </x:si>
   <x:si>
     <x:t>Pedley, Karter</x:t>
   </x:si>
   <x:si>
     <x:t>190</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
@@ -6626,51 +6626,51 @@
   <x:si>
     <x:t>729</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion Crossbred Market Barrow</x:t>
   </x:si>
   <x:si>
     <x:t>751</x:t>
   </x:si>
   <x:si>
     <x:t>752</x:t>
   </x:si>
   <x:si>
     <x:t>Trierweiler, Elijah</x:t>
   </x:si>
   <x:si>
     <x:t>759</x:t>
   </x:si>
   <x:si>
     <x:t>761</x:t>
   </x:si>
   <x:si>
     <x:t>1136</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Swine  /  Market Swine  /  100102: Individual Market Gilts</x:t>
+    <x:t xml:space="preserve"> Swine  /  Market Swine  /  100102: Individual Market Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>63</x:t>
   </x:si>
   <x:si>
     <x:t>184</x:t>
   </x:si>
   <x:si>
     <x:t>230</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Champion Crossbred Market Gilt, Overall Reserve Champion Market Swine</x:t>
   </x:si>
   <x:si>
     <x:t>248</x:t>
   </x:si>
   <x:si>
     <x:t>298</x:t>
   </x:si>
   <x:si>
     <x:t>438</x:t>
   </x:si>
   <x:si>
     <x:t>492</x:t>
   </x:si>